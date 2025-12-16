--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a113eda74a457d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74cd27ab850741cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66b2588c90174d9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa73d989ac7a419a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4867828e67242b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66b2588c90174d9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re124ca54cad24b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa73d989ac7a419a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>460,027</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>