--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74cd27ab850741cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R761b1abfefbf4097" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa73d989ac7a419a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ce32e4fc1a4098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re124ca54cad24b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa73d989ac7a419a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree96d532e9954c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ce32e4fc1a4098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>452,483</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>434,999</x:t>
-[...382 lines deleted...]
-          <x:t>442,198</x:t>
+          <x:t>461,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>