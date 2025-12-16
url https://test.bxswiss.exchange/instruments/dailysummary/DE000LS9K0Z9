--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8cc017b3f5412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1fbda2370b64cbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffd205adb6b1419e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72302f6bc6a94c76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6e8c9e119d4441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffd205adb6b1419e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1a41b1da6e24854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72302f6bc6a94c76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erst säen und dann ernten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,658</x:t>
-[...144 lines deleted...]
-          <x:t>141,609</x:t>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>