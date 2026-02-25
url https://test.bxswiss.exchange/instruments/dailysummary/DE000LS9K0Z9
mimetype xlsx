--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1fbda2370b64cbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd86082b37b72458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72302f6bc6a94c76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4bbe6effbc2401b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1a41b1da6e24854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72302f6bc6a94c76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R405a750c23874dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4bbe6effbc2401b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erst säen und dann ernten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K0Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>