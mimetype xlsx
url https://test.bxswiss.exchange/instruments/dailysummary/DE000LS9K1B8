--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7e64dbed2984b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186035c0e1c747c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R347ffcd75b244ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82ea488c1ba448d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2de411702444011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R347ffcd75b244ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d007a28d696411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82ea488c1ba448d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite statt Zinstief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>83,980</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...467 lines deleted...]
-          <x:t>83,137</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,095</x:t>
-[...85 lines deleted...]
-          <x:t>83,160</x:t>
+          <x:t>83,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>