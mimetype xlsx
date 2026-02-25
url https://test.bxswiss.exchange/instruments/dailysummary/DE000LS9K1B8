--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186035c0e1c747c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd80aa13429a4e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82ea488c1ba448d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R738573a5dd204281"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d007a28d696411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82ea488c1ba448d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R628f436d974a42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R738573a5dd204281" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite statt Zinstief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>