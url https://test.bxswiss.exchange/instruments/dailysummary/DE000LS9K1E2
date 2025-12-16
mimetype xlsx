--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82380bd093a4280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4862e73411bf4b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2de76d827424579"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b00044ed2949d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc107c8abe3bb4d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2de76d827424579" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb38f20c7d9474c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b00044ed2949d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANIC - und ab geht's</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1E2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>183,359</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>