--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4862e73411bf4b51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13da909aa4064eab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b00044ed2949d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaac71658990497c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb38f20c7d9474c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b00044ed2949d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76624f3d05bd4e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaac71658990497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TITANIC - und ab geht's</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1E2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>