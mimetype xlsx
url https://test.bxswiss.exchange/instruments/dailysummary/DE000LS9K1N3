--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a871ad4c7c14064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf2ff86847c4bbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88eb81c8d81d4a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raefda32665c342be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe1ffc496a8463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88eb81c8d81d4a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf09089cd8ccb4754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raefda32665c342be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE Indizes HighNoon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1N3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,098</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>