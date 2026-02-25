--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf2ff86847c4bbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce5d37f8974474f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raefda32665c342be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef3463354214983"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf09089cd8ccb4754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raefda32665c342be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79ca68ed5bda4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef3463354214983" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE Indizes HighNoon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1N3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...458 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,369</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>81,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>