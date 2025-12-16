--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R063bf7785da142e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5bbc7e11cc245d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbca936a346b44bcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f0a55bc32949d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d8b70f512946a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbca936a346b44bcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d517dea4da4539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f0a55bc32949d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1W4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>607,512</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>