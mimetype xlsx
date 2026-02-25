--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5bbc7e11cc245d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1be18e6091ff42c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f0a55bc32949d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85cc4ba033b4c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d517dea4da4539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f0a55bc32949d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45c49da3cf534cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85cc4ba033b4c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumstitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K1W4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>593,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>599,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>590,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>598,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>