--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89ce93ebf02f4c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99bd845e8e9d4793" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66259e750d344546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3dd2f5712f1465a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50a51ec86d7421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66259e750d344546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5f789c512fc45ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3dd2f5712f1465a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen-Aktienwerte-weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2D2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>115,657</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>