--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99bd845e8e9d4793" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec67ce77b90c4ffa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3dd2f5712f1465a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcccf24878cac43b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5f789c512fc45ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3dd2f5712f1465a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1f1930d75c84c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcccf24878cac43b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen-Aktienwerte-weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2D2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>