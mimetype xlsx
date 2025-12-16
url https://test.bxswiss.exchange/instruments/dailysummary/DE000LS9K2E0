--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d41a7250d74df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65ec104e596144d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9d887441e14230"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16abe572211a4a6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf89e02fe03f9473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9d887441e14230" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec94f196e43344e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16abe572211a4a6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Income MAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>105,547</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...73 lines deleted...]
-          <x:t>107,739</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>