--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65ec104e596144d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d61c308e634d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16abe572211a4a6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09cef2bb494b467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec94f196e43344e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16abe572211a4a6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30a53540994f480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09cef2bb494b467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Income MAX</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>