--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3aecca8a3f34954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf75e1eb58cfa4142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49c11da234d4c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R986f9408d2dd4248"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc589febc8923420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49c11da234d4c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e2fdd4741014cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R986f9408d2dd4248" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Statistische Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>117,179</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,137</x:t>
-[...463 lines deleted...]
-          <x:t>119,696</x:t>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>