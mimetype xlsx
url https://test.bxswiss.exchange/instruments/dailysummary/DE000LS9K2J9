--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf75e1eb58cfa4142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb13d2384a56641ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R986f9408d2dd4248"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd71e578e55934e45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e2fdd4741014cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R986f9408d2dd4248" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb83db46800940c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd71e578e55934e45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Statistische Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>