--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cba3ee5c1414e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc2775343ba448a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0674f2ae37b843b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra961a2af1a6d4318"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8db0eca157402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0674f2ae37b843b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20aaa4a2f23e4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra961a2af1a6d4318" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>98,778</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,831</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>99,296</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>