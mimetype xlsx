--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc2775343ba448a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3115198fbd74de9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra961a2af1a6d4318"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97ca590871ee499f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20aaa4a2f23e4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra961a2af1a6d4318" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R627c647444b44862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97ca590871ee499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K2K7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>101,167</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,352</x:t>
-[...21 lines deleted...]
-          <x:t>98,659</x:t>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>99,157</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>