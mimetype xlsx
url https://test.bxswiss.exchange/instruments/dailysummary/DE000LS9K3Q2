--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d7b04ed0c7e4df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf9fb8d399cb4ef3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26892eb7ca94eab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffda592775cf43e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f680ed564954adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26892eb7ca94eab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a820697e20411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffda592775cf43e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Introspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3Q2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>237,388</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,906</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>240,632</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>238,177</x:t>
-[...296 lines deleted...]
-          <x:t>234,320</x:t>
+          <x:t>239,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>