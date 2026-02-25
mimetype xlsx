--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf9fb8d399cb4ef3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d923ce00c604e56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffda592775cf43e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c9566bc6ee4e0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a820697e20411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffda592775cf43e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7023ce723184a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c9566bc6ee4e0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Introspective</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3Q2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>