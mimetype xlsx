--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb25b5b7b3140cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c178d8d20ff401c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7bce7f221304a73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e0d4a820db44fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a7d7e8d570437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7bce7f221304a73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cf6c326bf5e4feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e0d4a820db44fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendtrading Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3U4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>515,870</x:t>
-[...468 lines deleted...]
-          <x:t>517,352</x:t>
+          <x:t>515,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>