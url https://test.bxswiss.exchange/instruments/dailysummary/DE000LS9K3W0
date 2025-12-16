--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28b2a8f9405496b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d46c2c64aeb4d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e01ad8fe61424e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a2ae9dfb1ce46f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1597110ff4924ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e01ad8fe61424e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1781c2052d6d4ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a2ae9dfb1ce46f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>112,320</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>