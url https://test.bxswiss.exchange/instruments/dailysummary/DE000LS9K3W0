--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d46c2c64aeb4d76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbf2e5fdb34452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a2ae9dfb1ce46f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcae6f0a4e3424a8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1781c2052d6d4ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a2ae9dfb1ce46f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00b9c328ad574ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcae6f0a4e3424a8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Asien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K3W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>107,308</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,804</x:t>
-[...269 lines deleted...]
-          <x:t>105,117</x:t>
+          <x:t>106,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>