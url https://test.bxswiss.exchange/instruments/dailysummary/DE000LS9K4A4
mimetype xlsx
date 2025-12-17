--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf7ef894fe047ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd931952f02774421" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe128ea0bff14483"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c3b9d70c914fe7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00fec9916391479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe128ea0bff14483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4947e812e404f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c3b9d70c914fe7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen USA/Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>221,849</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>