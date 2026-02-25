--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd931952f02774421" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re236d5ea268d434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c3b9d70c914fe7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739458ee179b4bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4947e812e404f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c3b9d70c914fe7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5b05a425706492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739458ee179b4bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen USA/Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>