--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5696499cc4943da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf85bf1ddcc0145cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f866072b3a43af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ba390cdc9a8436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a2820bfad1488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f866072b3a43af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ff058e6dfc744fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ba390cdc9a8436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Wide Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>183,446</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>