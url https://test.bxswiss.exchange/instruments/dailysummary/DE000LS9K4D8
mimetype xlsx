--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf85bf1ddcc0145cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bcb87982f2e4f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ba390cdc9a8436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2ad1ba37ae74dfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ff058e6dfc744fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ba390cdc9a8436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9234a3f2e3064a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2ad1ba37ae74dfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Wide Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>