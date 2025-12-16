--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a46082446864659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a7afa00e8e41ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3bd5302dbe645f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74e217f9b0441de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae474288db5b4f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3bd5302dbe645f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6bd5b69c5c74915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74e217f9b0441de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Maverick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>177,180</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>