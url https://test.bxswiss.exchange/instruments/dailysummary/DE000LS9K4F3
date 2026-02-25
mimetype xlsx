--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a7afa00e8e41ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9adf94d040eb4db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74e217f9b0441de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e23873c10f44d53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6bd5b69c5c74915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74e217f9b0441de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b90909dded4287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e23873c10f44d53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Maverick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>