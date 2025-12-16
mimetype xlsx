--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce32963bc4264b0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c7f5135afac4f24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71c215a9e1f04d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f60ac7c272479b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64146ad486be4098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71c215a9e1f04d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d418117b5f14b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f60ac7c272479b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Real Estate Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,036</x:t>
-[...97 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>77,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,283</x:t>
+          <x:t>77,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>76,726</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,506</x:t>
-[...53 lines deleted...]
-          <x:t>76,482</x:t>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,629</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>76,406</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,247</x:t>
-[...112 lines deleted...]
-          <x:t>76,634</x:t>
+          <x:t>76,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>