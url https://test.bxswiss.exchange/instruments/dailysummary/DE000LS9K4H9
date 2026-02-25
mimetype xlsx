--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c7f5135afac4f24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d26483e4e54401" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f60ac7c272479b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae2819de552e45af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d418117b5f14b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f60ac7c272479b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882347bf73ce46ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae2819de552e45af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RudolphInvest Real Estate Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>77,036</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,888</x:t>
-[...254 lines deleted...]
-          <x:t>76,712</x:t>
+          <x:t>76,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,546</x:t>
-[...4 lines deleted...]
-          <x:t>76,653</x:t>
+          <x:t>76,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>