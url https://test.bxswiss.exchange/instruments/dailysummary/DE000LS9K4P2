--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c85b6e06fa54898" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeee5d2b26c74897" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ed7c363045490d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8433c75360664f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22dc6d5ee607457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ed7c363045490d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R470610065d364aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8433c75360664f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfood &amp; Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4P2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>106,835</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,804</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,921</x:t>
-[...225 lines deleted...]
-          <x:t>104,747</x:t>
+          <x:t>105,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>