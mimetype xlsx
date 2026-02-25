--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeee5d2b26c74897" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5087da8b28b44e95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8433c75360664f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f7749fbe684191"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R470610065d364aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8433c75360664f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36731d424a444259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f7749fbe684191" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfood &amp; Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4P2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>104,807</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>103,391</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>105,006</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>