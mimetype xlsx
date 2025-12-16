--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2828172d979c47c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a2799be97348b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70c7d8d1568a4793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21638c6303a64be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf0b0f34dfc844a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70c7d8d1568a4793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13645cc4e8ac4e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21638c6303a64be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum - relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,267</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>