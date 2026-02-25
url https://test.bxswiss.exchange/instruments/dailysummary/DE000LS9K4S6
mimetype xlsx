--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a2799be97348b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdce842e7d0664a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21638c6303a64be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd58742c8e14e4648"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13645cc4e8ac4e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21638c6303a64be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce4758c81504fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd58742c8e14e4648" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum - relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>