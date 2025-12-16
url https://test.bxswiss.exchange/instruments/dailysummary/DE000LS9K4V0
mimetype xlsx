--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe77f9480c334bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e04b34c704543bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8644db350d6749d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a05d11dfc1b4513"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd8604fa2cb43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8644db350d6749d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15b81eeb194f4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a05d11dfc1b4513" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>227,285</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>