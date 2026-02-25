--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e04b34c704543bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb16b31d98545c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a05d11dfc1b4513"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra370e2ae957d4fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15b81eeb194f4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a05d11dfc1b4513" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1012152310a745c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra370e2ae957d4fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>