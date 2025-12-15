--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e52ed1769f445f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9538eada43f4caa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccd0cf4cf6cc49fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cf57fabd20b46fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d50d3d5f9ba4e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccd0cf4cf6cc49fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb697e7f9da0040ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cf57fabd20b46fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PHTrading Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>92,585</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>