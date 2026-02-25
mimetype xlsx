--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9538eada43f4caa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60183a6492a84b81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cf57fabd20b46fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3b03344214c436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb697e7f9da0040ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cf57fabd20b46fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb898dde070694830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3b03344214c436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PHTrading Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>89,760</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,463</x:t>
-[...124 lines deleted...]
-          <x:t>89,352</x:t>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,571</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>90,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>