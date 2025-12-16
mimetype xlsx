--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c4c8b2f69fc4b75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6ac38df6fe4908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9f7d7c4e9244f0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raade4d566c5a4b07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32eb4a0473c74df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9f7d7c4e9244f0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0012881dc9b543f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raade4d566c5a4b07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MID CAP Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4X6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>141,510</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...19 lines deleted...]
-          <x:t>143,872</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>