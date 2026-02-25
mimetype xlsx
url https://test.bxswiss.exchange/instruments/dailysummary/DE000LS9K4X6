--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6ac38df6fe4908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b4ac3665297488a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raade4d566c5a4b07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc257a94acb4382"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0012881dc9b543f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raade4d566c5a4b07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2badd1d350734019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc257a94acb4382" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MID CAP Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4X6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>