--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9e385a3f33541d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b6b0191c584e18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10da3838cede49b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R866cb2369fd443d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3312334b1b2249c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10da3838cede49b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d77df732f94360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R866cb2369fd443d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>97,292</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,688</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>95,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>