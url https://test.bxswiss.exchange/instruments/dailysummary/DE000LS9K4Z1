--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b6b0191c584e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R504e408c5eaa4fe9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R866cb2369fd443d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5e309bd5764601"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d77df732f94360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R866cb2369fd443d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf415c87a6874bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5e309bd5764601" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualitätsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K4Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>