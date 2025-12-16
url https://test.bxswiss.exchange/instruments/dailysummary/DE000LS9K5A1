--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd50d76e3d6e4219" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd1a282da444d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217be87d28ca40ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b385d4ffc6d42fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247368b8e29e4379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217be87d28ca40ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96c8bf4c619b40ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b385d4ffc6d42fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BurningFish</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5A1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>646,176</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>