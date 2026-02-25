--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd1a282da444d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R154c2b50f6734908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b385d4ffc6d42fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6012b591bae4d57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96c8bf4c619b40ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b385d4ffc6d42fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba8bcc8a09104eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6012b591bae4d57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BurningFish</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5A1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>619,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>632,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>619,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>