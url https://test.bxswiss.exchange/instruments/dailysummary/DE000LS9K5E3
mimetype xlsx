--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re671484031b347da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5d235a930f4ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb972e319142b4359"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617f19dc76474924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55fdfd648c04453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb972e319142b4359" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2bb323667684a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617f19dc76474924" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest nach Markowitz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5E3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>120,386</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>