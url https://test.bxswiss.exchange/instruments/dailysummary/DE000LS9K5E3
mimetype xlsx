--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5d235a930f4ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e58e8ec660a4417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617f19dc76474924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a51835fbff4dc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2bb323667684a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617f19dc76474924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf375a02e57824ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a51835fbff4dc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest nach Markowitz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5E3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>112,420</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>