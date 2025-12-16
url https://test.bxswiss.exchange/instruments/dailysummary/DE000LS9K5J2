--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1382a7402fdd4584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R049013849ea14014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcf3aeeb28a44726"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ffb362029614f71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re291a7920f2e42b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcf3aeeb28a44726" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc26b182f15314a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ffb362029614f71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5J2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,688</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>63,947</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,805</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>63,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>