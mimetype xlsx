--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R049013849ea14014" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7935ebe8658c43ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ffb362029614f71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0db488d651f4bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc26b182f15314a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ffb362029614f71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00d27a32fa3a49ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0db488d651f4bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5J2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>63,494</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,392</x:t>
-[...458 lines deleted...]
-          <x:t>63,805</x:t>
+          <x:t>63,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>