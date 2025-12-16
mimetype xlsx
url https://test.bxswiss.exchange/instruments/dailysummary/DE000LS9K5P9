--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13752c32dc964296" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8cb9f9c84164afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24d096bb86074416"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa01ff472a9b4637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5ca05f466f4059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24d096bb86074416" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab42c321d53a4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa01ff472a9b4637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The World is in Danger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>12,439</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...505 lines deleted...]
-          <x:t>14,088</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>