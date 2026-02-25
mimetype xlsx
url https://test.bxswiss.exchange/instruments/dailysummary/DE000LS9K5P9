--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8cb9f9c84164afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b2bc1ac04724888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa01ff472a9b4637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad31ae8638974a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab42c321d53a4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa01ff472a9b4637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R073338025291427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad31ae8638974a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The World is in Danger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>12,386</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,556</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>12,531</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>