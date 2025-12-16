--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b094d3d75614374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1efb862313884d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra653e7d7061c4e62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R444ad36432324101"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2550c14d409d41ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra653e7d7061c4e62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfef3372f2eb7438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R444ad36432324101" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DW - American Basic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>135,156</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>