--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1efb862313884d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a9a4dfe9c4418f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R444ad36432324101"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a85ad087344e73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfef3372f2eb7438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R444ad36432324101" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1de7b070bbe4335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a85ad087344e73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DW - American Basic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>144,859</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,652</x:t>
-[...296 lines deleted...]
-          <x:t>146,607</x:t>
+          <x:t>145,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>