--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re124b0227ce84dda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77442bb655704f91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ee06737fa54b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541cf84930af4037"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d7b5617e6041e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ee06737fa54b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6e2edb9c6c4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541cf84930af4037" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck als neuer Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>267,556</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>