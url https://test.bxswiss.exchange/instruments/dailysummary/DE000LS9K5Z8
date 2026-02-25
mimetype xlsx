--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77442bb655704f91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c9fd23ec61b49d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541cf84930af4037"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab3d50286c564548"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6e2edb9c6c4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541cf84930af4037" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0165cb57f1fe453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab3d50286c564548" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck als neuer Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K5Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>