--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ee88a68854411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5d06874cbf43fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f086c5044214a9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5cdeecb36f04082"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbe00fc15d2b4374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f086c5044214a9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35dbc1c54b8147bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5cdeecb36f04082" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>222,168</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>