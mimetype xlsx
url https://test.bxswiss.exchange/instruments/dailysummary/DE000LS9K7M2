--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5d06874cbf43fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra631f4c26cb94394" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5cdeecb36f04082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8030504cea51420e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35dbc1c54b8147bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5cdeecb36f04082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55f0adcfa95e4423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8030504cea51420e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobility 2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>219,029</x:t>
-[...360 lines deleted...]
-          <x:t>218,731</x:t>
+          <x:t>216,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>