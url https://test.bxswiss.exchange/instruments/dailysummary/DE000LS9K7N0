--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa92d88c24f14d27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a15b3d04bc4153" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f50f309b554515"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71504c6cf6cf4960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e52f91476c644fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f50f309b554515" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ff666efc29f4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71504c6cf6cf4960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Magische Formel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>198,584</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>