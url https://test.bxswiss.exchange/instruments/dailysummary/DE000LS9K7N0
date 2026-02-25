--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a15b3d04bc4153" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra96c1e593769433e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71504c6cf6cf4960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94c5e9e2629a4c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ff666efc29f4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71504c6cf6cf4960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf693bcaaf364983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94c5e9e2629a4c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Magische Formel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>