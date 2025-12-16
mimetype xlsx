--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raae38a5251bf4e68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8af7b366c9c46b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74638c3b34a64397"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc54fd45dbc4b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b608a2c79c24fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74638c3b34a64397" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re34da6b961424f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc54fd45dbc4b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Made in the USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>897,214</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>