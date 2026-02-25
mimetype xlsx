--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8af7b366c9c46b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda513bf6dca24150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc54fd45dbc4b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa6914022cf4288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re34da6b961424f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc54fd45dbc4b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf066c5ed1fd94376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa6914022cf4288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Made in the USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>873,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>879,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>863,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>875,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>