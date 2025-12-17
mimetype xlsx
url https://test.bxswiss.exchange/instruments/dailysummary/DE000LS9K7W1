--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c0ce2110a940cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1d550947e345e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c9b08897844669"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eb692f7b2144d51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf130fb05d6e747d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c9b08897844669" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36c7e5456bf4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eb692f7b2144d51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Ernährung Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7W1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,635</x:t>
-[...414 lines deleted...]
-          <x:t>126,999</x:t>
+          <x:t>127,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>