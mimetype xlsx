--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1d550947e345e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d0d16a7c41406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eb692f7b2144d51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4455bc28637a45a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36c7e5456bf4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eb692f7b2144d51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6f5268374ef4ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4455bc28637a45a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Ernährung Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7W1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,678</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>