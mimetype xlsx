--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc35a43445ec14c03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7b74c68e20c480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543f7ce9b1474751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b2e6c1574d64ec4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85a03e48d28843a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543f7ce9b1474751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974b115720864555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b2e6c1574d64ec4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzstarke Titel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>181,407</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>