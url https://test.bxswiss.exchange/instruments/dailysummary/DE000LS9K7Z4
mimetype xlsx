--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7b74c68e20c480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8d9e7204c5d4ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b2e6c1574d64ec4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f35df387384bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974b115720864555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b2e6c1574d64ec4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0539b027e0e644df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f35df387384bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Substanzstarke Titel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K7Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>