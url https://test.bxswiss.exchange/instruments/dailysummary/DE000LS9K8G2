--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87b9240a1e5147a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a1e3644ff1466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1c5e7c367a94b1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8282a9476c7c4831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c12b259e0047e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1c5e7c367a94b1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cfc7d1d11bf4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8282a9476c7c4831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzentrationsstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>192,219</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>