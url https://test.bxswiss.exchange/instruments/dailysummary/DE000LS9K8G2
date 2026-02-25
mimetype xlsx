--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a1e3644ff1466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R541808924b9944cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8282a9476c7c4831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73b9cfd8cae5456a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cfc7d1d11bf4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8282a9476c7c4831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc057bf8d5e964c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73b9cfd8cae5456a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzentrationsstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8G2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>