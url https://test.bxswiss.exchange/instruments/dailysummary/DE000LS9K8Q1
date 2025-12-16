--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R683851af87034c64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b09c88a9aa4d06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4122d59bdb3f40b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41d67284f70472b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41860ff8660143c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4122d59bdb3f40b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06891251bf254d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41d67284f70472b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital BasicValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>178,896</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>