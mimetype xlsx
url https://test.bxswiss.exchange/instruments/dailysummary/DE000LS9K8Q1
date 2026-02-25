--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b09c88a9aa4d06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96be0dbbc4934a48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41d67284f70472b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R109b55a3866c4655"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06891251bf254d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41d67284f70472b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd414cfb5e5564101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R109b55a3866c4655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MyCapital BasicValues</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>