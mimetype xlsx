--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5adbf0c965874f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ebf6d4e9ac4aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1e39371a8b4bc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6575ae59cd1e4fd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f673936f8e5420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1e39371a8b4bc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ff4b1b9f868483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6575ae59cd1e4fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann für Jedermann OFFICIAL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8S7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>123,189</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>