--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ebf6d4e9ac4aff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7765d03e6c1418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6575ae59cd1e4fd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27ff2067bb454168"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ff4b1b9f868483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6575ae59cd1e4fd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe21740360eb462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27ff2067bb454168" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann für Jedermann OFFICIAL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8S7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>