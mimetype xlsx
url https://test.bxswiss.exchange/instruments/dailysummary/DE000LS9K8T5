--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a9e8c720574222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e08882509624a57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b7b9156409e45ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7f2d17d43a4ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fa516a2d0142ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b7b9156409e45ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra466bd2b92a74676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7f2d17d43a4ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HoGu Trading&amp;Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8T5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,991</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>