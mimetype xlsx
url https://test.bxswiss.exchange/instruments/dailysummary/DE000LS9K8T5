--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e08882509624a57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87534f638c1a4223" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7f2d17d43a4ec9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf22530c4ae3a4cdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra466bd2b92a74676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7f2d17d43a4ec9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc767a878349d43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf22530c4ae3a4cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HoGu Trading&amp;Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8T5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>75,997</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>