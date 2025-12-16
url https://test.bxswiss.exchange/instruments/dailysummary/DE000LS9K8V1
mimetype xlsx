--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed02dffe40543fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b273cdc9694247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd2fd05524694bd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0f5f5b5d4884f5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9da138a6e84316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd2fd05524694bd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b2471d5dbe4879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0f5f5b5d4884f5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainMent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>107,683</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,578</x:t>
-[...166 lines deleted...]
-          <x:t>108,257</x:t>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>