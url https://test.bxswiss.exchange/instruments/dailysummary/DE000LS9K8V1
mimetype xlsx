--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b273cdc9694247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f92fd53f8654ab5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0f5f5b5d4884f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8706b679cae4bb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b2471d5dbe4879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0f5f5b5d4884f5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5100a5af810c432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8706b679cae4bb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SustainMent</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K8V1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>109,501</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,236</x:t>
-[...48 lines deleted...]
-          <x:t>109,031</x:t>
+          <x:t>109,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,276</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>109,581</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>