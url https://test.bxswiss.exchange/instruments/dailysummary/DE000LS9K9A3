--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf19eea52e4d44fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R044e617c020d42b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2212afc20bc4812"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26252eb6c444d37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R968206277eb8496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2212afc20bc4812" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855b2d88dd554510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26252eb6c444d37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH Equity Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>124,902</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,929</x:t>
-[...355 lines deleted...]
-          <x:t>125,392</x:t>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>