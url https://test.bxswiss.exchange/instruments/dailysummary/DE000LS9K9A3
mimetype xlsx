--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R044e617c020d42b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc781593eb8b24202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26252eb6c444d37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3bd81bb33a542f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855b2d88dd554510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26252eb6c444d37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87a4a0177b234312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3bd81bb33a542f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH Equity Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,871</x:t>
-[...279 lines deleted...]
-          <x:t>126,369</x:t>
+          <x:t>126,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>