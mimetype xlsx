--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a12df50427d4f89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc6780eec76405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5929f8437cbd49bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9316df27425844f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd46e102635574bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5929f8437cbd49bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f7428b5c2645e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9316df27425844f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie-mit Pfiff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>156,315</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>164,077</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>