--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc6780eec76405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e64ea790aa34b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9316df27425844f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80412c7afe784206"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f7428b5c2645e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9316df27425844f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd1811352bb47c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80412c7afe784206" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie-mit Pfiff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>