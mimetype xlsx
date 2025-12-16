--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd68600172ee4cb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7cfbf9100f94060" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R958f955ec8aa4ae3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd85ca80f15a54961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c4f3061678242bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R958f955ec8aa4ae3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11e01327e4624bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd85ca80f15a54961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9R7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,924</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,368</x:t>
-[...26 lines deleted...]
-          <x:t>113,384</x:t>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,132</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>113,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>