--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7cfbf9100f94060" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f68b6b00dc04a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd85ca80f15a54961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82f8160d4d54bc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11e01327e4624bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd85ca80f15a54961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e0ff605a8094fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82f8160d4d54bc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9R7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>112,582</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,401</x:t>
-[...458 lines deleted...]
-          <x:t>113,132</x:t>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>