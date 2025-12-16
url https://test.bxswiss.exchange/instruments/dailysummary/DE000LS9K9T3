--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf0abb26dac34fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc88896bc8a946f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37078b9d003b46f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e5dfbfa3f654861"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6984626aa2d746f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37078b9d003b46f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d53645dccd045cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e5dfbfa3f654861" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CIRCLE 8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>240,903</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>