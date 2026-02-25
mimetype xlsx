--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc88896bc8a946f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4af85ff78d459b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e5dfbfa3f654861"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc189714ee748414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d53645dccd045cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e5dfbfa3f654861" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef1e55805aa497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc189714ee748414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CIRCLE 8</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>