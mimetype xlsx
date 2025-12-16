--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeccb4becefe4089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3ffa4c8cdb45c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdccd7dce29e4882"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0251b4779eff44de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re642b10dd4ac4fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdccd7dce29e4882" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d97ba631544371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0251b4779eff44de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuetrading nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9W7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>90,025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>