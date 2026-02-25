--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3ffa4c8cdb45c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re501f4fb62a240ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0251b4779eff44de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ab5e17f29c84d99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d97ba631544371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0251b4779eff44de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03902ee02ae24222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ab5e17f29c84d99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuetrading nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9K9W7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>