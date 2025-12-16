--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra82084480a394acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7912e2e75eb449d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdf6ab9af746498c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71b1bcd5a1bc4642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd87632c15b54122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdf6ab9af746498c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ba2e6641744f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71b1bcd5a1bc4642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann Large Cap Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>99,904</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...343 lines deleted...]
-          <x:t>98,864</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>