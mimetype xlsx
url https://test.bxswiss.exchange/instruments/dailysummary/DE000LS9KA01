--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7912e2e75eb449d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e1b8f56c0a54584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71b1bcd5a1bc4642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R641e94e795d94857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ba2e6641744f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71b1bcd5a1bc4642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a3c0f86199431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R641e94e795d94857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Levermann Large Cap Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>100,762</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,505</x:t>
-[...296 lines deleted...]
-          <x:t>100,677</x:t>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>