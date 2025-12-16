--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b98ac5c1bd74601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9cd1acd37644d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f3f5a884be4443"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f5b2598b9d5498d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe93ef1800b74811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f3f5a884be4443" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89e892c426c64e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f5b2598b9d5498d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profiteure des Batteriebooms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>209,819</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>