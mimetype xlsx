--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9cd1acd37644d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f74015d1ee44dda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f5b2598b9d5498d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c6a04276c144209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89e892c426c64e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f5b2598b9d5498d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b178d607e5427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c6a04276c144209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profiteure des Batteriebooms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KA68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>