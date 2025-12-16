--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56bcdc5b22ae4c81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b81b7809ba4e0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59bf45d8f5824470"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a0b80a93c94009"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd740bdc7d1432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59bf45d8f5824470" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf563074c1974780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a0b80a93c94009" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashisKing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>397,094</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>393,580</x:t>
-[...166 lines deleted...]
-          <x:t>405,607</x:t>
+          <x:t>400,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>