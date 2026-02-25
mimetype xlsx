--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b81b7809ba4e0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda99f39cb578442e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a0b80a93c94009"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dfd4e4d5c054e08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf563074c1974780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a0b80a93c94009" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5119f03839ba4190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dfd4e4d5c054e08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CashisKing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>