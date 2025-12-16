--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae762bc13744b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612a7efad116447a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c662f605534a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86b9c7e710a44312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55b6eb86dcb849d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c662f605534a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd560ccd4d58d4860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86b9c7e710a44312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FHB Zambafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,626</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>99,029</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,808</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>99,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>