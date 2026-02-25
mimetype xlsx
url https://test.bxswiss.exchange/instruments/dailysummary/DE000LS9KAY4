--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612a7efad116447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbdbf249396c4178" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86b9c7e710a44312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa1f515bc7d403c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd560ccd4d58d4860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86b9c7e710a44312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b667eed13454661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa1f515bc7d403c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FHB Zambafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KAY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>98,330</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,170</x:t>
-[...458 lines deleted...]
-          <x:t>98,808</x:t>
+          <x:t>98,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>