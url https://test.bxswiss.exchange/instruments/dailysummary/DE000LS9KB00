--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a4167a28cf840eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088f0eb4306340f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a682b366bfd4a99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb316e9fa96b84d16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf01ffdb8ca6416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a682b366bfd4a99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2dfbc343c224749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb316e9fa96b84d16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohe Dividenden Pipeline USA MLP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>74,772</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>