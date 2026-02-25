--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088f0eb4306340f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb37351f95d6410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb316e9fa96b84d16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd12ba43112d2418e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2dfbc343c224749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb316e9fa96b84d16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd13a20acce4e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd12ba43112d2418e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hohe Dividenden Pipeline USA MLP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>72,532</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,380</x:t>
-[...566 lines deleted...]
-          <x:t>73,003</x:t>
+          <x:t>70,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>