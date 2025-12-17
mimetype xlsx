--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7969c0a795d4222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01820559af2d4a9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095bf7a59f0d41a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81b6b6ac84c40ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb52225edf2e4159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095bf7a59f0d41a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R070f9b830c3744a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81b6b6ac84c40ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>253,569</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>