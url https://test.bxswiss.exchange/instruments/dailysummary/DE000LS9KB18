--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01820559af2d4a9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc79c07ff86b74133" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81b6b6ac84c40ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aeae087617847c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R070f9b830c3744a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81b6b6ac84c40ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6acadbf63e86407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aeae087617847c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte nach Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KB18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>